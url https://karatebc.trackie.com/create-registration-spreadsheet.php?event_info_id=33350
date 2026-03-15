--- v0 (2026-01-26)
+++ v1 (2026-03-15)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1153">
   <si>
     <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>: ENTENTE SPORTIVE MADINET BATNA</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>1-Kootenays</t>
   </si>
   <si>
     <t>Not an instructor</t>
   </si>
   <si>
     <t>Not Applicable</t>
   </si>
   <si>
@@ -386,1640 +386,1646 @@
   <si>
     <t>Académie Sportive de Montréal (ASM)</t>
   </si>
   <si>
     <t>Northwest Territories</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>Comp-Dev Certified</t>
   </si>
   <si>
     <t>Academy of Martial Arts</t>
   </si>
   <si>
     <t>Alberta</t>
   </si>
   <si>
     <t>Antarctica</t>
   </si>
   <si>
     <t>Comp-Dev Advance Gradation</t>
   </si>
   <si>
+    <t>Adrénaline Karatédo (ADRQ)</t>
+  </si>
+  <si>
+    <t>British Columbia</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Competition High Performance</t>
+  </si>
+  <si>
     <t>Advance Karate</t>
   </si>
   <si>
-    <t>British Columbia</t>
-[...5 lines deleted...]
-    <t>Competition High Performance</t>
+    <t>Nunavut</t>
+  </si>
+  <si>
+    <t>American Samoa</t>
   </si>
   <si>
     <t>Aehcanrab Integrated Martial Arts International</t>
   </si>
   <si>
-    <t>Nunavut</t>
-[...2 lines deleted...]
-    <t>American Samoa</t>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>Austria</t>
   </si>
   <si>
     <t>Afghanistan Shitoryu Shukokai Karatedo</t>
   </si>
   <si>
-    <t>Alabama</t>
-[...2 lines deleted...]
-    <t>Austria</t>
+    <t>Alaska</t>
+  </si>
+  <si>
+    <t>Australia</t>
   </si>
   <si>
     <t>Airdrie/Calgary JKA Karate (ACJKA)</t>
   </si>
   <si>
-    <t>Alaska</t>
-[...2 lines deleted...]
-    <t>Australia</t>
+    <t>Arizona</t>
+  </si>
+  <si>
+    <t>Aruba</t>
   </si>
   <si>
     <t>Aklavya Karate Academy</t>
   </si>
   <si>
-    <t>Arizona</t>
-[...2 lines deleted...]
-    <t>Aruba</t>
+    <t>Arkansas</t>
+  </si>
+  <si>
+    <t>&amp;Aring;land</t>
   </si>
   <si>
     <t>Aldergrove Karate Club</t>
   </si>
   <si>
-    <t>Arkansas</t>
-[...2 lines deleted...]
-    <t>&amp;Aring;land</t>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
   </si>
   <si>
     <t>Aldergrove Shotokan-Ryu Karate Club</t>
   </si>
   <si>
-    <t>California</t>
-[...2 lines deleted...]
-    <t>Azerbaijan</t>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>Alireza Moeini</t>
   </si>
   <si>
-    <t>Colorado</t>
-[...2 lines deleted...]
-    <t>Bosnia and Herzegovina</t>
+    <t>Connecticut</t>
+  </si>
+  <si>
+    <t>Barbados</t>
   </si>
   <si>
     <t>Allison Heights Karate (AHK)</t>
   </si>
   <si>
-    <t>Connecticut</t>
-[...2 lines deleted...]
-    <t>Barbados</t>
+    <t>Delaware</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
   </si>
   <si>
     <t>Almashtal</t>
   </si>
   <si>
-    <t>Delaware</t>
-[...2 lines deleted...]
-    <t>Bangladesh</t>
+    <t>Florida</t>
+  </si>
+  <si>
+    <t>Belgium</t>
   </si>
   <si>
     <t>Amin</t>
   </si>
   <si>
-    <t>Florida</t>
-[...2 lines deleted...]
-    <t>Belgium</t>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
   </si>
   <si>
     <t>Ancient Spirit Temple</t>
   </si>
   <si>
-    <t>Georgia</t>
-[...2 lines deleted...]
-    <t>Burkina Faso</t>
+    <t>Hawaii</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
   </si>
   <si>
     <t>Apex Karate Dojo (APEX)</t>
   </si>
   <si>
-    <t>Hawaii</t>
-[...2 lines deleted...]
-    <t>Bulgaria</t>
+    <t>Idaho</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
   </si>
   <si>
     <t>Arbutus Club Shito-Ryu International Karate-Do</t>
   </si>
   <si>
-    <t>Idaho</t>
-[...2 lines deleted...]
-    <t>Bahrain</t>
+    <t>Illinois</t>
+  </si>
+  <si>
+    <t>Burundi</t>
   </si>
   <si>
     <t>Armenian Wado Kai Federation</t>
   </si>
   <si>
-    <t>Illinois</t>
-[...2 lines deleted...]
-    <t>Burundi</t>
+    <t>Indiana</t>
+  </si>
+  <si>
+    <t>Benin</t>
   </si>
   <si>
     <t>Arufa Martial Arts and Fitness Studio Inc.</t>
   </si>
   <si>
-    <t>Indiana</t>
-[...2 lines deleted...]
-    <t>Benin</t>
+    <t>Iowa</t>
+  </si>
+  <si>
+    <t>Saint BarthÈlemy</t>
   </si>
   <si>
     <t>Arun Academy Of Martial Arts</t>
   </si>
   <si>
-    <t>Iowa</t>
-[...2 lines deleted...]
-    <t>Saint BarthÈlemy</t>
+    <t>Kansas</t>
+  </si>
+  <si>
+    <t>Bermuda</t>
   </si>
   <si>
     <t>Arun Martial Arts</t>
   </si>
   <si>
-    <t>Kansas</t>
-[...2 lines deleted...]
-    <t>Bermuda</t>
+    <t>Kentucky</t>
+  </si>
+  <si>
+    <t>Brunei</t>
   </si>
   <si>
     <t>Ashcroft Karate Club</t>
   </si>
   <si>
-    <t>Kentucky</t>
-[...2 lines deleted...]
-    <t>Brunei</t>
+    <t>Louisiana</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
   </si>
   <si>
     <t>ASHIHARA KARATE</t>
   </si>
   <si>
-    <t>Louisiana</t>
-[...2 lines deleted...]
-    <t>Bolivia</t>
+    <t>Maine</t>
+  </si>
+  <si>
+    <t>Bonaire</t>
   </si>
   <si>
     <t>ASIAN GOJU-RYU KARATE DO FEDERATION</t>
   </si>
   <si>
-    <t>Maine</t>
-[...2 lines deleted...]
-    <t>Bonaire</t>
+    <t>Maryland</t>
+  </si>
+  <si>
+    <t>Brazil</t>
   </si>
   <si>
     <t>Asian Shito-ryu</t>
   </si>
   <si>
-    <t>Maryland</t>
-[...2 lines deleted...]
-    <t>Brazil</t>
+    <t>Massachusetts</t>
+  </si>
+  <si>
+    <t>Bahamas</t>
   </si>
   <si>
     <t>ASOSHODIS - SHOTOKAN KARATE-DO</t>
   </si>
   <si>
-    <t>Massachusetts</t>
-[...2 lines deleted...]
-    <t>Bahamas</t>
+    <t>Michigan</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
   </si>
   <si>
     <t>Atlin Karate Club</t>
   </si>
   <si>
-    <t>Michigan</t>
-[...2 lines deleted...]
-    <t>Bhutan</t>
+    <t>Minnesota</t>
+  </si>
+  <si>
+    <t>Bouvet Island</t>
   </si>
   <si>
     <t>AUDOJO</t>
   </si>
   <si>
-    <t>Minnesota</t>
-[...2 lines deleted...]
-    <t>Bouvet Island</t>
+    <t>Mississippi</t>
+  </si>
+  <si>
+    <t>Botswana</t>
   </si>
   <si>
     <t>Aurora Family Martial Arts</t>
   </si>
   <si>
-    <t>Mississippi</t>
-[...2 lines deleted...]
-    <t>Botswana</t>
+    <t>Missouri</t>
+  </si>
+  <si>
+    <t>Belarus</t>
   </si>
   <si>
     <t>Avalon Karate (AVK)</t>
   </si>
   <si>
-    <t>Missouri</t>
-[...2 lines deleted...]
-    <t>Belarus</t>
+    <t>Montana</t>
+  </si>
+  <si>
+    <t>Belize</t>
   </si>
   <si>
     <t>Baden Karate</t>
   </si>
   <si>
-    <t>Montana</t>
-[...2 lines deleted...]
-    <t>Belize</t>
+    <t>Nebraska</t>
+  </si>
+  <si>
+    <t>Cocos [Keeling] Islands</t>
   </si>
   <si>
     <t>Barrie Ryusei Karate</t>
   </si>
   <si>
-    <t>Nebraska</t>
-[...2 lines deleted...]
-    <t>Cocos [Keeling] Islands</t>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t>Democratic Republic of the Congo</t>
   </si>
   <si>
     <t>BC Best Team Ever</t>
   </si>
   <si>
-    <t>Nevada</t>
-[...2 lines deleted...]
-    <t>Democratic Republic of the Congo</t>
+    <t>New Hampshire</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
   </si>
   <si>
     <t>BC CKO</t>
   </si>
   <si>
-    <t>New Hampshire</t>
-[...2 lines deleted...]
-    <t>Central African Republic</t>
+    <t>New Jersey</t>
+  </si>
+  <si>
+    <t>Republic of the Congo</t>
   </si>
   <si>
     <t>BC Kyokushinkai</t>
   </si>
   <si>
-    <t>New Jersey</t>
-[...2 lines deleted...]
-    <t>Republic of the Congo</t>
+    <t>New Mexico</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>Beaudoin Karaté Gatineau (BKG)</t>
   </si>
   <si>
-    <t>New Mexico</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>Ivory Coast</t>
   </si>
   <si>
     <t>Bengal School of Shotokan</t>
   </si>
   <si>
-    <t>New York</t>
-[...2 lines deleted...]
-    <t>Ivory Coast</t>
+    <t>North Carolina</t>
+  </si>
+  <si>
+    <t>Cook Islands</t>
   </si>
   <si>
     <t>Benoit's Martial Arts Inc.</t>
   </si>
   <si>
-    <t>North Carolina</t>
-[...2 lines deleted...]
-    <t>Cook Islands</t>
+    <t>North Dakota</t>
+  </si>
+  <si>
+    <t>Chile</t>
   </si>
   <si>
     <t>Bernardo Karate</t>
   </si>
   <si>
-    <t>North Dakota</t>
-[...2 lines deleted...]
-    <t>Chile</t>
+    <t>Ohio</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
   </si>
   <si>
     <t>bernardo karate exeter</t>
   </si>
   <si>
-    <t>Ohio</t>
-[...2 lines deleted...]
-    <t>Cameroon</t>
+    <t>Oklahoma</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Bernardo Karate Ilderton</t>
   </si>
   <si>
-    <t>Oklahoma</t>
-[...2 lines deleted...]
-    <t>China</t>
+    <t>Oregon</t>
+  </si>
+  <si>
+    <t>Colombia</t>
   </si>
   <si>
     <t>Bernardo Karate South</t>
   </si>
   <si>
-    <t>Oregon</t>
-[...2 lines deleted...]
-    <t>Colombia</t>
+    <t>Pennsylvania</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
   </si>
   <si>
     <t>Bernardo karate Strathroy</t>
   </si>
   <si>
-    <t>Pennsylvania</t>
-[...2 lines deleted...]
-    <t>Costa Rica</t>
+    <t>Rhode Island</t>
+  </si>
+  <si>
+    <t>Cuba</t>
   </si>
   <si>
     <t>BERTAR Karate Kan</t>
   </si>
   <si>
-    <t>Rhode Island</t>
-[...2 lines deleted...]
-    <t>Cuba</t>
+    <t>South Carolina</t>
+  </si>
+  <si>
+    <t>Cape Verde</t>
   </si>
   <si>
     <t>Bhavani Shankar Temple Karate Do</t>
   </si>
   <si>
-    <t>South Carolina</t>
-[...2 lines deleted...]
-    <t>Cape Verde</t>
+    <t>South Dakota</t>
+  </si>
+  <si>
+    <t>Curacao</t>
   </si>
   <si>
     <t>Black Belt Academy</t>
   </si>
   <si>
-    <t>South Dakota</t>
-[...2 lines deleted...]
-    <t>Curacao</t>
+    <t>Tennessee</t>
+  </si>
+  <si>
+    <t>Christmas Island</t>
   </si>
   <si>
     <t>Black Tiger Karate &amp; Self Defence</t>
   </si>
   <si>
-    <t>Tennessee</t>
-[...2 lines deleted...]
-    <t>Christmas Island</t>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
   </si>
   <si>
     <t>BMS Karate</t>
   </si>
   <si>
-    <t>Texas</t>
-[...2 lines deleted...]
-    <t>Cyprus</t>
+    <t>Utah</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
   </si>
   <si>
     <t>Boxing Karaté Club de Villefranche</t>
   </si>
   <si>
-    <t>Utah</t>
-[...2 lines deleted...]
-    <t>Czech Republic</t>
+    <t>Vermont</t>
+  </si>
+  <si>
+    <t>Germany</t>
   </si>
   <si>
     <t>Brad Jones Karate Do</t>
   </si>
   <si>
-    <t>Vermont</t>
-[...2 lines deleted...]
-    <t>Germany</t>
+    <t>Virginia</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
   </si>
   <si>
     <t>Brant Guseikai Karate</t>
   </si>
   <si>
-    <t>Virginia</t>
-[...2 lines deleted...]
-    <t>Djibouti</t>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Denmark</t>
   </si>
   <si>
     <t>Bright Martial Arts &amp; Fitness</t>
   </si>
   <si>
-    <t>Washington</t>
-[...2 lines deleted...]
-    <t>Denmark</t>
+    <t>West Virginia</t>
+  </si>
+  <si>
+    <t>Dominica</t>
   </si>
   <si>
     <t>Bright Martial Arts &amp; Fitness (BCEFC)</t>
   </si>
   <si>
-    <t>West Virginia</t>
-[...2 lines deleted...]
-    <t>Dominica</t>
+    <t>Wisconsin</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
   </si>
   <si>
     <t>Brunelle Martial Arts</t>
   </si>
   <si>
-    <t>Wisconsin</t>
-[...2 lines deleted...]
-    <t>Dominican Republic</t>
+    <t>Wyoming</t>
+  </si>
+  <si>
+    <t>Algeria</t>
   </si>
   <si>
     <t>Budha martial art academy</t>
   </si>
   <si>
-    <t>Wyoming</t>
-[...2 lines deleted...]
-    <t>Algeria</t>
+    <t>Ecuador</t>
   </si>
   <si>
     <t>Budokan Gaspé</t>
   </si>
   <si>
-    <t>Ecuador</t>
+    <t>Estonia</t>
   </si>
   <si>
     <t>Burlington Chito Ryu</t>
   </si>
   <si>
-    <t>Estonia</t>
+    <t>Egypt</t>
   </si>
   <si>
     <t>Burlington Tsuruoka Karate</t>
   </si>
   <si>
-    <t>Egypt</t>
+    <t>Western Sahara</t>
   </si>
   <si>
     <t>Burnaby Chito-Ryu</t>
   </si>
   <si>
-    <t>Western Sahara</t>
+    <t>Eritrea</t>
   </si>
   <si>
     <t>Burnaby Karate Academy</t>
   </si>
   <si>
-    <t>Eritrea</t>
+    <t>Spain</t>
   </si>
   <si>
     <t>Burnaby Karate Club</t>
   </si>
   <si>
-    <t>Spain</t>
+    <t>Ethiopia</t>
   </si>
   <si>
     <t>Burnaby Mountain Karate</t>
   </si>
   <si>
-    <t>Ethiopia</t>
+    <t>Finland</t>
   </si>
   <si>
     <t>Burnaby Muntain Karate</t>
   </si>
   <si>
-    <t>Finland</t>
+    <t>Fiji</t>
   </si>
   <si>
     <t>Bushido-Brant</t>
   </si>
   <si>
-    <t>Fiji</t>
+    <t>Falkland Islands</t>
   </si>
   <si>
     <t>Caledon Karate</t>
   </si>
   <si>
-    <t>Falkland Islands</t>
+    <t>Micronesia</t>
   </si>
   <si>
     <t>Campbell River Shito-Ryu</t>
   </si>
   <si>
-    <t>Micronesia</t>
+    <t>Faroe Islands</t>
   </si>
   <si>
     <t>Campbell River Wado</t>
   </si>
   <si>
-    <t>Faroe Islands</t>
+    <t>France</t>
   </si>
   <si>
     <t>Canada JKF Wado Kai Niagara</t>
   </si>
   <si>
-    <t>France</t>
+    <t>Gabon</t>
   </si>
   <si>
     <t>Canada Sekishinkan - Richmond Oval</t>
   </si>
   <si>
-    <t>Gabon</t>
+    <t>United Kingdom</t>
   </si>
   <si>
     <t>Canada Sekishinkan - Vancouver</t>
   </si>
   <si>
-    <t>United Kingdom</t>
+    <t>Grenada</t>
   </si>
   <si>
     <t>Canada's Best Karate</t>
   </si>
   <si>
-    <t>Grenada</t>
-[...1 lines deleted...]
-  <si>
     <t>Canadian Black Belt Academy</t>
   </si>
   <si>
+    <t>French Guiana</t>
+  </si>
+  <si>
     <t>Canadian Karate Academy - Calgary (CKAC)</t>
   </si>
   <si>
-    <t>French Guiana</t>
+    <t>Guernsey</t>
   </si>
   <si>
     <t>Canadian Karate Academy - Langley</t>
   </si>
   <si>
-    <t>Guernsey</t>
+    <t>Ghana</t>
   </si>
   <si>
     <t>Canadian Karate Academy - North Shore</t>
   </si>
   <si>
-    <t>Ghana</t>
+    <t>Gibraltar</t>
   </si>
   <si>
     <t>Canadian Karate Academy - Surrey</t>
   </si>
   <si>
-    <t>Gibraltar</t>
+    <t>Greenland</t>
   </si>
   <si>
     <t>Canadian Martial Arts Academy</t>
   </si>
   <si>
-    <t>Greenland</t>
+    <t>Gambia</t>
   </si>
   <si>
     <t>Canadian Sport Martial Arts Academy</t>
   </si>
   <si>
-    <t>Gambia</t>
+    <t>Guinea</t>
   </si>
   <si>
     <t>Canadian Wado Ryu Karate Federation</t>
   </si>
   <si>
-    <t>Guinea</t>
+    <t>Guadeloupe</t>
   </si>
   <si>
     <t>Capilano Shotokan Karate</t>
   </si>
   <si>
-    <t>Guadeloupe</t>
+    <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>Castlegar Karate Club</t>
   </si>
   <si>
-    <t>Equatorial Guinea</t>
+    <t>Greece</t>
   </si>
   <si>
     <t>Centre de Karate Shorin Ryu</t>
   </si>
   <si>
-    <t>Greece</t>
+    <t>South Georgia and the South Sandwich Islands</t>
   </si>
   <si>
     <t>Centre Karate Shorin-Ryu</t>
   </si>
   <si>
-    <t>South Georgia and the South Sandwich Islands</t>
+    <t>Guatemala</t>
   </si>
   <si>
     <t>Champion Karate (CHAMP)</t>
   </si>
   <si>
-    <t>Guatemala</t>
+    <t>Guam</t>
   </si>
   <si>
     <t>Champions Karate Academy</t>
   </si>
   <si>
-    <t>Guam</t>
+    <t>Guinea-Bissau</t>
   </si>
   <si>
     <t>Champions Karate Canada Martial Arts</t>
   </si>
   <si>
-    <t>Guinea-Bissau</t>
+    <t>Guyana</t>
   </si>
   <si>
     <t>Champions Karate Club</t>
   </si>
   <si>
-    <t>Guyana</t>
+    <t>Hong Kong</t>
   </si>
   <si>
     <t>Charles Fink Karate Dojo</t>
   </si>
   <si>
-    <t>Hong Kong</t>
+    <t>Heard Island and McDonald Islands</t>
   </si>
   <si>
     <t>Chilliwack Central Karate Club</t>
   </si>
   <si>
-    <t>Heard Island and McDonald Islands</t>
+    <t>Honduras</t>
   </si>
   <si>
     <t>Chilliwack Chito-Ryu Karate Club</t>
   </si>
   <si>
-    <t>Honduras</t>
+    <t>Croatia</t>
   </si>
   <si>
     <t>Chilliwack Chito-Ryu Karate Club - Garrison</t>
   </si>
   <si>
-    <t>Croatia</t>
+    <t>Haiti</t>
   </si>
   <si>
     <t>Chilliwack Isshin-Ryu Karate Club</t>
   </si>
   <si>
-    <t>Haiti</t>
+    <t>Hungary</t>
   </si>
   <si>
     <t>Chilliwack Uechi-Ryu Karate-Do</t>
   </si>
   <si>
-    <t>Hungary</t>
+    <t>Indonesia</t>
   </si>
   <si>
     <t>Chito Ryu Yuseikan - Queensborough</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>Ireland</t>
   </si>
   <si>
     <t>Chito-Ryu Yuseikan</t>
   </si>
   <si>
-    <t>Ireland</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>Chuso Dojo</t>
   </si>
   <si>
-    <t>Israel</t>
+    <t>Isle of Man</t>
   </si>
   <si>
     <t>Classical Martial Arts Centre Renge Dojo</t>
   </si>
   <si>
-    <t>Isle of Man</t>
+    <t>India</t>
   </si>
   <si>
     <t>Classical Martial Arts Centre Yamazakura Dojo</t>
   </si>
   <si>
-    <t>India</t>
+    <t>British Indian Ocean Territory</t>
   </si>
   <si>
     <t>Clearwater Karate Club</t>
   </si>
   <si>
-    <t>British Indian Ocean Territory</t>
+    <t>Iraq</t>
   </si>
   <si>
     <t>Club de Karaté Mauricie</t>
   </si>
   <si>
-    <t>Iraq</t>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Club de karaté Shotokan de Repentigny (CKSR)</t>
+  </si>
+  <si>
+    <t>Iceland</t>
   </si>
   <si>
     <t>Club fath sportif el berhili</t>
   </si>
   <si>
-    <t>Iran</t>
+    <t>Italy</t>
   </si>
   <si>
     <t>Club Seiryu</t>
   </si>
   <si>
-    <t>Iceland</t>
+    <t>Jersey</t>
   </si>
   <si>
     <t>CMAC Dapo</t>
   </si>
   <si>
-    <t>Italy</t>
+    <t>Jamaica</t>
   </si>
   <si>
     <t>Coal Harbour ISKF</t>
   </si>
   <si>
-    <t>Jersey</t>
+    <t>Jordan</t>
   </si>
   <si>
     <t>Cobra Karate Centre Canada</t>
   </si>
   <si>
-    <t>Jamaica</t>
+    <t>Japan</t>
   </si>
   <si>
     <t>Cobra Karate School Canada</t>
   </si>
   <si>
-    <t>Jordan</t>
+    <t>Kenya</t>
   </si>
   <si>
     <t>Comox Valley Shito-Ryu</t>
   </si>
   <si>
-    <t>Japan</t>
+    <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>Conestoga Karate</t>
   </si>
   <si>
-    <t>Kenya</t>
+    <t>Cambodia</t>
   </si>
   <si>
     <t>Contact Karate Federation Azerbaijan</t>
   </si>
   <si>
-    <t>Kyrgyzstan</t>
+    <t>Kiribati</t>
   </si>
   <si>
     <t>Copelands Martial Arts &amp; Fitness Center</t>
   </si>
   <si>
-    <t>Cambodia</t>
+    <t>Comoros</t>
   </si>
   <si>
     <t>Coquitlam Shotokan</t>
   </si>
   <si>
-    <t>Kiribati</t>
+    <t>Saint Kitts and Nevis</t>
   </si>
   <si>
     <t>Cordova Bay Kimura Shukokai Karate</t>
   </si>
   <si>
-    <t>Comoros</t>
+    <t>North Korea</t>
   </si>
   <si>
     <t>Courtenay Shito-Ryu</t>
   </si>
   <si>
-    <t>Saint Kitts and Nevis</t>
+    <t>South Korea</t>
   </si>
   <si>
     <t>Courtenay Shotokan</t>
   </si>
   <si>
-    <t>North Korea</t>
+    <t>Kuwait</t>
   </si>
   <si>
     <t>Cranbrook Shotokan Karate</t>
   </si>
   <si>
-    <t>South Korea</t>
+    <t>Cayman Islands</t>
   </si>
   <si>
     <t>D &amp; D United Martial Arts</t>
   </si>
   <si>
-    <t>Kuwait</t>
+    <t>Kazakhstan</t>
   </si>
   <si>
     <t>Dai JuSan GKK Canada</t>
   </si>
   <si>
-    <t>Cayman Islands</t>
+    <t>Laos</t>
   </si>
   <si>
     <t>Dal academe</t>
   </si>
   <si>
-    <t>Kazakhstan</t>
+    <t>Lebanon</t>
   </si>
   <si>
     <t>Danner Karate</t>
   </si>
   <si>
-    <t>Laos</t>
+    <t>Saint Lucia</t>
   </si>
   <si>
     <t>Daypuck Karate Inc</t>
   </si>
   <si>
-    <t>Lebanon</t>
+    <t>Liechtenstein</t>
   </si>
   <si>
     <t>Deep Cove Kimura Shukokai Karate</t>
   </si>
   <si>
-    <t>Saint Lucia</t>
+    <t>Sri Lanka</t>
   </si>
   <si>
     <t>Delhi Capitals Karate Club (009)</t>
   </si>
   <si>
-    <t>Liechtenstein</t>
+    <t>Liberia</t>
   </si>
   <si>
     <t>Delta Karate School</t>
   </si>
   <si>
-    <t>Sri Lanka</t>
+    <t>Lesotho</t>
   </si>
   <si>
     <t>Denwakan</t>
   </si>
   <si>
-    <t>Liberia</t>
+    <t>Lithuania</t>
   </si>
   <si>
     <t>DeSa School of Karate</t>
   </si>
   <si>
-    <t>Lesotho</t>
+    <t>Luxembourg</t>
   </si>
   <si>
     <t>Desjardins Family Karate</t>
   </si>
   <si>
-    <t>Lithuania</t>
+    <t>Latvia</t>
   </si>
   <si>
     <t>Diamond Karate Academy</t>
   </si>
   <si>
-    <t>Luxembourg</t>
+    <t>Libya</t>
   </si>
   <si>
     <t>Diamond Martial Arts - Jeff Speakman's Kenpo 5.0 Ontario CA</t>
   </si>
   <si>
-    <t>Latvia</t>
+    <t>Morocco</t>
   </si>
   <si>
     <t>Dimitrova Training Academy Canada</t>
   </si>
   <si>
-    <t>Libya</t>
+    <t>Monaco</t>
   </si>
   <si>
     <t>Dimitrova Training Academy Dominican Republic</t>
   </si>
   <si>
-    <t>Morocco</t>
+    <t>Moldova</t>
   </si>
   <si>
     <t>DIS Kick Boxing</t>
   </si>
   <si>
-    <t>Monaco</t>
+    <t>Montenegro</t>
   </si>
   <si>
     <t>DISKA Canada</t>
   </si>
   <si>
-    <t>Moldova</t>
+    <t>Saint Martin</t>
   </si>
   <si>
     <t>Dojo Doken Kai (DOKEN)</t>
   </si>
   <si>
-    <t>Montenegro</t>
+    <t>Madagascar</t>
   </si>
   <si>
     <t>Dojo k de Terrebonne (DOJOK)</t>
   </si>
   <si>
-    <t>Saint Martin</t>
+    <t>Marshall Islands</t>
   </si>
   <si>
     <t>Dojo Seienchin</t>
   </si>
   <si>
-    <t>Madagascar</t>
+    <t>Macedonia</t>
   </si>
   <si>
     <t>Dojo Sekai</t>
   </si>
   <si>
-    <t>Marshall Islands</t>
+    <t>Mali</t>
   </si>
   <si>
     <t>Douvris Barrhaven</t>
   </si>
   <si>
-    <t>Macedonia</t>
+    <t>Myanmar [Burma]</t>
   </si>
   <si>
     <t>Douvris Kanata</t>
   </si>
   <si>
-    <t>Mali</t>
+    <t>Mongolia</t>
   </si>
   <si>
     <t>Douvris Martial Arts</t>
   </si>
   <si>
-    <t>Myanmar [Burma]</t>
+    <t>Macao</t>
   </si>
   <si>
     <t>Douvris OAC</t>
   </si>
   <si>
-    <t>Mongolia</t>
+    <t>Northern Mariana Islands</t>
   </si>
   <si>
     <t>Douvris Orleans</t>
   </si>
   <si>
-    <t>Macao</t>
+    <t>Martinique</t>
   </si>
   <si>
     <t>Dragon Dojo Isshin-Ryu Karate</t>
   </si>
   <si>
-    <t>Northern Mariana Islands</t>
+    <t>Mauritania</t>
   </si>
   <si>
     <t>Dragonz Martial Artz Centre Inc</t>
   </si>
   <si>
-    <t>Martinique</t>
+    <t>Montserrat</t>
   </si>
   <si>
     <t>Driftwood Martial Arts Inc.</t>
   </si>
   <si>
-    <t>Mauritania</t>
+    <t>Malta</t>
   </si>
   <si>
     <t>Druk Shitokai</t>
   </si>
   <si>
-    <t>Montserrat</t>
+    <t>Mauritius</t>
   </si>
   <si>
     <t>Dynamic Martial Arts</t>
   </si>
   <si>
-    <t>Malta</t>
+    <t>Maldives</t>
   </si>
   <si>
     <t>Dynamo Karate Club</t>
   </si>
   <si>
-    <t>Mauritius</t>
+    <t>Malawi</t>
   </si>
   <si>
     <t>Dynasty Karate Club</t>
   </si>
   <si>
-    <t>Maldives</t>
+    <t>Mexico</t>
   </si>
   <si>
     <t>East Sooke Goju-Ryu</t>
   </si>
   <si>
-    <t>Malawi</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>East West Karate</t>
   </si>
   <si>
-    <t>Mexico</t>
+    <t>Mozambique</t>
   </si>
   <si>
     <t>Eastwind Martial Arts</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>Namibia</t>
   </si>
   <si>
     <t>Ecole de karate Sankudo Ste-Julie (EKSSJ)</t>
   </si>
   <si>
-    <t>Mozambique</t>
+    <t>New Caledonia</t>
   </si>
   <si>
     <t>Edmonton Goju</t>
   </si>
   <si>
-    <t>Namibia</t>
+    <t>Niger</t>
   </si>
   <si>
     <t>Eishinkai</t>
   </si>
   <si>
-    <t>New Caledonia</t>
+    <t>Norfolk Island</t>
   </si>
   <si>
     <t>Elite Karate Academy - Abbotsford</t>
   </si>
   <si>
-    <t>Niger</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>Elite Surrey Karate</t>
   </si>
   <si>
-    <t>Norfolk Island</t>
+    <t>Nicaragua</t>
   </si>
   <si>
     <t>Endeavour Martial Arts</t>
   </si>
   <si>
-    <t>Nigeria</t>
+    <t>Netherlands</t>
   </si>
   <si>
     <t>Energy Martial Arts Academy</t>
   </si>
   <si>
-    <t>Nicaragua</t>
+    <t>Norway</t>
   </si>
   <si>
     <t>Enter the tiger isshinryu karate</t>
   </si>
   <si>
-    <t>Netherlands</t>
+    <t>Nepal</t>
   </si>
   <si>
     <t>Etobicoke Dojo</t>
   </si>
   <si>
-    <t>Norway</t>
+    <t>Nauru</t>
   </si>
   <si>
     <t>Everest Shito-Ryu Karate Do Academy of Canada</t>
   </si>
   <si>
-    <t>Nepal</t>
+    <t>Niue</t>
   </si>
   <si>
     <t>Family Karate</t>
   </si>
   <si>
-    <t>Nauru</t>
+    <t>New Zealand</t>
   </si>
   <si>
     <t>Fédération Nigérienne de karaté</t>
   </si>
   <si>
-    <t>Niue</t>
+    <t>Oman</t>
   </si>
   <si>
     <t>Feminist Karate Union</t>
   </si>
   <si>
-    <t>New Zealand</t>
+    <t>Panama</t>
   </si>
   <si>
     <t>Fernando Correia School of Karate</t>
   </si>
   <si>
-    <t>Oman</t>
+    <t>Peru</t>
   </si>
   <si>
     <t>Fernie Karate Club</t>
   </si>
   <si>
-    <t>Panama</t>
+    <t>French Polynesia</t>
   </si>
   <si>
     <t>Ferris Family Karate</t>
   </si>
   <si>
-    <t>Peru</t>
+    <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Ferris Family Martial Arts</t>
   </si>
   <si>
-    <t>French Polynesia</t>
+    <t>Philippines</t>
   </si>
   <si>
     <t>Fighter Academy (3441)</t>
   </si>
   <si>
-    <t>Papua New Guinea</t>
+    <t>Pakistan</t>
   </si>
   <si>
     <t>Fighting Griffin Martial Arts</t>
   </si>
   <si>
-    <t>Philippines</t>
+    <t>Poland</t>
   </si>
   <si>
     <t>Flash Tiger Budo Fitness</t>
   </si>
   <si>
-    <t>Pakistan</t>
+    <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>Fonseca Martial Arts</t>
   </si>
   <si>
-    <t>Poland</t>
+    <t>Pitcairn Islands</t>
   </si>
   <si>
     <t>Foothills Karate and Kobudo Club Ltd. (FKKC)</t>
   </si>
   <si>
-    <t>Saint Pierre and Miquelon</t>
+    <t>Puerto Rico</t>
   </si>
   <si>
     <t>Forest Heights Community Centre Karate</t>
   </si>
   <si>
-    <t>Pitcairn Islands</t>
+    <t>Palestine</t>
   </si>
   <si>
     <t>Fraser Lake Shotokan Karate</t>
   </si>
   <si>
-    <t>Puerto Rico</t>
+    <t>Portugal</t>
   </si>
   <si>
     <t>Fraser Valley Shito-Ryu</t>
   </si>
   <si>
-    <t>Palestine</t>
+    <t>Palau</t>
   </si>
   <si>
     <t>Fudochi Shotokan Karate Ryu - Canada</t>
   </si>
   <si>
-    <t>Portugal</t>
+    <t>Paraguay</t>
   </si>
   <si>
     <t>FUMON JUKU</t>
   </si>
   <si>
-    <t>Palau</t>
+    <t>Qatar</t>
   </si>
   <si>
     <t>Furansu Shorin Ryu</t>
   </si>
   <si>
-    <t>Paraguay</t>
+    <t>Réunion</t>
   </si>
   <si>
     <t>Fushin Ryu Karate Federation of India</t>
   </si>
   <si>
-    <t>Qatar</t>
+    <t>Romania</t>
   </si>
   <si>
     <t>Garrison Village Chito Ryu</t>
   </si>
   <si>
-    <t>Réunion</t>
+    <t>Serbia</t>
   </si>
   <si>
     <t>Gateway Martial Arts</t>
   </si>
   <si>
-    <t>Romania</t>
+    <t>Russia</t>
   </si>
   <si>
     <t>Gekko Shotokan Karate Do</t>
   </si>
   <si>
-    <t>Serbia</t>
+    <t>Rwanda</t>
   </si>
   <si>
     <t>Gesshinkai Vancouver</t>
   </si>
   <si>
-    <t>Russia</t>
+    <t>Saudi Arabia</t>
   </si>
   <si>
     <t>GKK Canada</t>
   </si>
   <si>
-    <t>Rwanda</t>
+    <t>Solomon Islands</t>
   </si>
   <si>
     <t>Global Karate Do</t>
   </si>
   <si>
-    <t>Saudi Arabia</t>
+    <t>Seychelles</t>
   </si>
   <si>
     <t>GLOBAL KARATE FEDERATION OF INDIA</t>
   </si>
   <si>
-    <t>Solomon Islands</t>
+    <t>Sudan</t>
   </si>
   <si>
     <t>GO KAN SHITO RYU FEDERATION OF INIDA</t>
   </si>
   <si>
-    <t>Seychelles</t>
+    <t>Sweden</t>
   </si>
   <si>
     <t>GO TO KAI KARATE FEDERATION OF INDIA</t>
   </si>
   <si>
-    <t>Sudan</t>
+    <t>Singapore</t>
   </si>
   <si>
     <t>Goalmax</t>
   </si>
   <si>
-    <t>Sweden</t>
+    <t>Saint Helena</t>
   </si>
   <si>
     <t>Goju Do Karate</t>
   </si>
   <si>
-    <t>Singapore</t>
+    <t>Slovenia</t>
   </si>
   <si>
     <t>Gold Tiger Karate Dojo</t>
   </si>
   <si>
-    <t>Saint Helena</t>
+    <t>Svalbard and Jan Mayen</t>
   </si>
   <si>
     <t>GOLD TIGERS GROUP (GTG)</t>
   </si>
   <si>
-    <t>Slovenia</t>
+    <t>Slovakia</t>
   </si>
   <si>
     <t>Golden Karate Club</t>
   </si>
   <si>
-    <t>Svalbard and Jan Mayen</t>
+    <t>Sierra Leone</t>
   </si>
   <si>
     <t>Golden Karate Do Martial Arts Organization</t>
   </si>
   <si>
-    <t>Slovakia</t>
+    <t>San Marino</t>
   </si>
   <si>
     <t>Golden karate do martial arts organization canada</t>
   </si>
   <si>
-    <t>Sierra Leone</t>
+    <t>Senegal</t>
   </si>
   <si>
     <t>Golden Shotokan Ryu Karate  Association</t>
   </si>
   <si>
-    <t>San Marino</t>
+    <t>Somalia</t>
   </si>
   <si>
     <t>GONDWANA UNIVERSITY</t>
   </si>
   <si>
-    <t>Senegal</t>
+    <t>Suriname</t>
   </si>
   <si>
     <t>Goulding Karate Club</t>
   </si>
   <si>
-    <t>Somalia</t>
+    <t>South Sudan</t>
   </si>
   <si>
     <t>Green Timbers Karate</t>
   </si>
   <si>
-    <t>Suriname</t>
+    <t>S&amp;atilde;o Tomé and Pr&amp;iacute;ncipe</t>
   </si>
   <si>
     <t>Greendale Chito-Ryu</t>
   </si>
   <si>
-    <t>South Sudan</t>
+    <t>El Salvador</t>
   </si>
   <si>
     <t>Greenegin Karate</t>
   </si>
   <si>
-    <t>S&amp;atilde;o Tomé and Pr&amp;iacute;ncipe</t>
+    <t>Sint Maarten</t>
   </si>
   <si>
     <t>Guelph Family Martial Arts</t>
   </si>
   <si>
-    <t>El Salvador</t>
+    <t>Syria</t>
   </si>
   <si>
     <t>Guildwood Chito Kai Karate School</t>
   </si>
   <si>
-    <t>Sint Maarten</t>
+    <t>Swaziland</t>
   </si>
   <si>
     <t>Guseikai Bell Dojo</t>
   </si>
   <si>
-    <t>Syria</t>
+    <t>Turks and Caicos Islands</t>
   </si>
   <si>
     <t>Guseikai Calgary Wado Group Inc</t>
   </si>
   <si>
-    <t>Swaziland</t>
+    <t>Chad</t>
   </si>
   <si>
     <t>Guseikai Karate Club</t>
   </si>
   <si>
-    <t>Turks and Caicos Islands</t>
+    <t>French Southern Territories</t>
   </si>
   <si>
     <t>Haida Gwaii Shito-Ryu</t>
   </si>
   <si>
-    <t>Chad</t>
+    <t>Togo</t>
   </si>
   <si>
     <t>Hajime Karate</t>
   </si>
   <si>
-    <t>French Southern Territories</t>
+    <t>Thailand</t>
   </si>
   <si>
     <t>Halifax Ryuseikan (RYUS)</t>
   </si>
   <si>
-    <t>Togo</t>
+    <t>Tajikistan</t>
   </si>
   <si>
     <t>Ham's Martial Arts</t>
   </si>
   <si>
-    <t>Thailand</t>
+    <t>Tokelau</t>
   </si>
   <si>
     <t>Hamilton Itosu Kai</t>
   </si>
   <si>
-    <t>Tajikistan</t>
+    <t>East Timor</t>
   </si>
   <si>
     <t>Harbour City Shotokan</t>
   </si>
   <si>
-    <t>Tokelau</t>
+    <t>Turkmenistan</t>
   </si>
   <si>
     <t>Harper Karate Kai</t>
   </si>
   <si>
-    <t>East Timor</t>
+    <t>Tunisia</t>
   </si>
   <si>
     <t>Hartlepool Wadokai</t>
   </si>
   <si>
-    <t>Turkmenistan</t>
+    <t>Tonga</t>
   </si>
   <si>
     <t>Hastings Martial Arts</t>
   </si>
   <si>
-    <t>Tunisia</t>
+    <t>Turkey</t>
   </si>
   <si>
     <t>Hawkes Martial Arts</t>
   </si>
   <si>
-    <t>Tonga</t>
+    <t>Trinidad and Tobago</t>
   </si>
   <si>
     <t>Hayabusa Karate</t>
   </si>
   <si>
-    <t>Turkey</t>
+    <t>Tuvalu</t>
   </si>
   <si>
     <t>Heian Dojo SKIF Hamilton</t>
   </si>
   <si>
-    <t>Trinidad and Tobago</t>
+    <t>Taiwan</t>
   </si>
   <si>
     <t>Higashi School of Karate</t>
   </si>
   <si>
-    <t>Tuvalu</t>
+    <t>Tanzania</t>
   </si>
   <si>
     <t>High Park Martial Arts</t>
   </si>
   <si>
-    <t>Taiwan</t>
+    <t>Ukraine</t>
   </si>
   <si>
     <t>Hinode Karate and Kobudo</t>
   </si>
   <si>
-    <t>Tanzania</t>
+    <t>Uganda</t>
   </si>
   <si>
     <t>HMA Cambridge</t>
   </si>
   <si>
-    <t>Ukraine</t>
+    <t>U.S. Minor Outlying Islands</t>
   </si>
   <si>
     <t>HokKouKan</t>
   </si>
   <si>
-    <t>Uganda</t>
+    <t>Uruguay</t>
   </si>
   <si>
     <t>Hoku Shin</t>
   </si>
   <si>
-    <t>U.S. Minor Outlying Islands</t>
+    <t>Uzbekistan</t>
   </si>
   <si>
     <t>Hoku Shin Kakabeka</t>
   </si>
   <si>
-    <t>Uruguay</t>
+    <t>Vatican City</t>
   </si>
   <si>
     <t>hoku shin thunder bay</t>
   </si>
   <si>
-    <t>Uzbekistan</t>
+    <t>Saint Vincent and the Grenadines</t>
   </si>
   <si>
     <t>Hollyburn Karate Club</t>
   </si>
   <si>
-    <t>Vatican City</t>
+    <t>Venezuela</t>
   </si>
   <si>
     <t>Honbu Dojo (Legacy)</t>
   </si>
   <si>
-    <t>Saint Vincent and the Grenadines</t>
+    <t>British Virgin Islands</t>
   </si>
   <si>
     <t>Hotshot Athletic Martial Arts</t>
   </si>
   <si>
-    <t>Venezuela</t>
+    <t>U.S. Virgin Islands</t>
   </si>
   <si>
     <t>Huron Community Centre Karate</t>
   </si>
   <si>
-    <t>British Virgin Islands</t>
+    <t>Vietnam</t>
   </si>
   <si>
     <t>ICKF (International Chito Ryu Karate &amp; Fitness Inc.)</t>
   </si>
   <si>
-    <t>U.S. Virgin Islands</t>
+    <t>Vanuatu</t>
   </si>
   <si>
     <t>Ikf india</t>
   </si>
   <si>
-    <t>Vietnam</t>
+    <t>Wallis and Futuna</t>
   </si>
   <si>
     <t>IKF Kitsap</t>
   </si>
   <si>
-    <t>Vanuatu</t>
+    <t>Samoa</t>
   </si>
   <si>
     <t>IKSSI-Institut de Karate  Shotokan de Sept-Iles</t>
   </si>
   <si>
-    <t>Wallis and Futuna</t>
+    <t>Kosovo</t>
   </si>
   <si>
     <t>IMA Houston</t>
   </si>
   <si>
-    <t>Samoa</t>
+    <t>Yemen</t>
   </si>
   <si>
     <t>IMA Utah</t>
   </si>
   <si>
-    <t>Kosovo</t>
+    <t>Mayotte</t>
   </si>
   <si>
     <t>Indian Karate Team</t>
   </si>
   <si>
-    <t>Yemen</t>
+    <t>South Africa</t>
   </si>
   <si>
     <t>Ingersoll Goju Ryu Karate</t>
   </si>
   <si>
-    <t>Mayotte</t>
+    <t>Zambia</t>
   </si>
   <si>
     <t>Institute of Martial Arts</t>
   </si>
   <si>
-    <t>South Africa</t>
+    <t>Zimbabwe</t>
   </si>
   <si>
     <t>Intention Martial Arts</t>
   </si>
   <si>
-    <t>Zambia</t>
-[...1 lines deleted...]
-  <si>
     <t>International Karate Do-Goju Kai Pakistan ( SICAS BOYS KARATE CLUB)</t>
   </si>
   <si>
-    <t>Zimbabwe</t>
-[...1 lines deleted...]
-  <si>
     <t>International Karate Federation</t>
   </si>
   <si>
     <t>International Karate Federation-Kitsap</t>
   </si>
   <si>
     <t>INTERNATIONAL KARATE TRAINING ACADEMY</t>
   </si>
   <si>
     <t>International Shotokan Karate</t>
   </si>
   <si>
     <t>International Shuri-Ryu Karate India</t>
   </si>
   <si>
     <t>Ippon Goju Ryu Karate Club</t>
   </si>
   <si>
     <t>Ippon Karate Dojo</t>
   </si>
   <si>
     <t>Ippon Wado Karate Inc</t>
   </si>
   <si>
     <t>Iron Fist Karate</t>
@@ -2153,50 +2159,53 @@
   <si>
     <t>KarateBC</t>
   </si>
   <si>
     <t>KarateDo Shotokan YNKD</t>
   </si>
   <si>
     <t>Karnal Karate association</t>
   </si>
   <si>
     <t>Kawakan Karate</t>
   </si>
   <si>
     <t>Kawakan Karate - YMCA of Brockville and Area</t>
   </si>
   <si>
     <t>Kazoku Karaté (KAZOK)</t>
   </si>
   <si>
     <t>Kazoku Martial Arts Centre</t>
   </si>
   <si>
     <t>Kazoku Martial Arts Centre Hamilton</t>
   </si>
   <si>
+    <t>Kazoku Martial Arts Centre Waterloo</t>
+  </si>
+  <si>
     <t>Kelowna Karate &amp; Fitness Inc.</t>
   </si>
   <si>
     <t>Kelowna Shukokai Karate</t>
   </si>
   <si>
     <t>Kelowna Tsuruoka Karate Club</t>
   </si>
   <si>
     <t>Kenbukan Karate (KKD)</t>
   </si>
   <si>
     <t>Kenbukan Karate Dojo</t>
   </si>
   <si>
     <t>Kenko</t>
   </si>
   <si>
     <t>Kenkyo Karate Dojo</t>
   </si>
   <si>
     <t>Kenzen Karate</t>
   </si>
   <si>
     <t>Kimeru Shotokan Karate</t>
@@ -2267,50 +2276,53 @@
   <si>
     <t>Kuma Karate-Do</t>
   </si>
   <si>
     <t>Kumakai Karate Vancouver (Main St Dojo) (KUMAKAI KARATE VANCOUVER)</t>
   </si>
   <si>
     <t>Kumakai Karate Vancouver (UBC Dojo)</t>
   </si>
   <si>
     <t>Kunal Star Academy</t>
   </si>
   <si>
     <t>Kuraudo</t>
   </si>
   <si>
     <t>Kuuwakai</t>
   </si>
   <si>
     <t>KV Karate</t>
   </si>
   <si>
     <t>Kyobukan Goju Ryu</t>
   </si>
   <si>
+    <t>Kyodo Dojo</t>
+  </si>
+  <si>
     <t>Kyunghee Club</t>
   </si>
   <si>
     <t>L’Arsenal (LARSN)</t>
   </si>
   <si>
     <t>Ladner Goju-Ryu Karate</t>
   </si>
   <si>
     <t>Ladner Karate</t>
   </si>
   <si>
     <t>Langara Shotokan Karate Club</t>
   </si>
   <si>
     <t>Lao Karate Do</t>
   </si>
   <si>
     <t>Larose Karate</t>
   </si>
   <si>
     <t>Lasqueti Martial Arts</t>
   </si>
   <si>
     <t>Laurentian University Karate Club</t>
@@ -2922,50 +2934,53 @@
     <t>Shito-Ryu Canada School of Martial Arts</t>
   </si>
   <si>
     <t>Shito-Ryu International, Richmond Dojo</t>
   </si>
   <si>
     <t>Shitoryu Karate Do Srilanka</t>
   </si>
   <si>
     <t>Shitoryu Karate Jyutokukan</t>
   </si>
   <si>
     <t>Shitoryu Karatedo and Fitness Centre</t>
   </si>
   <si>
     <t>Shiva Fighters Karate Do</t>
   </si>
   <si>
     <t>Shiva Fighters Karate Do Brampton West</t>
   </si>
   <si>
     <t>Sho Bu Kai Karate Club</t>
   </si>
   <si>
     <t>Shorin ryu seibukan karatedo oakharbor</t>
+  </si>
+  <si>
+    <t>shotokan karate  thunder bay</t>
   </si>
   <si>
     <t>Shotokan Karate Academy-NLUC</t>
   </si>
   <si>
     <t>SHOTOKAN KARATE FEDERATION OF INDIA</t>
   </si>
   <si>
     <t>Shotokan Karate Richmond (SKR)</t>
   </si>
   <si>
     <t>Shotokan Karate Thunder Bay</t>
   </si>
   <si>
     <t>Shotokan Karate-Do, Yoi Seishin Dojo</t>
   </si>
   <si>
     <t>Shudokan Delta</t>
   </si>
   <si>
     <t>Shudokan East Vancouver</t>
   </si>
   <si>
     <t>Shudokan Goju-Ryu Delta Club</t>
   </si>
@@ -13473,81 +13488,96 @@
       <c r="W742" t="s">
         <v>8</v>
       </c>
       <c r="DA742" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="743" spans="1:117">
       <c r="N743" t="s">
         <v>8</v>
       </c>
       <c r="W743" t="s">
         <v>8</v>
       </c>
       <c r="DA743" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="744" spans="1:117">
       <c r="N744" t="s">
         <v>8</v>
       </c>
       <c r="W744" t="s">
         <v>8</v>
       </c>
+      <c r="DA744" t="s">
+        <v>1148</v>
+      </c>
     </row>
     <row r="745" spans="1:117">
       <c r="N745" t="s">
         <v>8</v>
       </c>
       <c r="W745" t="s">
         <v>8</v>
       </c>
+      <c r="DA745" t="s">
+        <v>1149</v>
+      </c>
     </row>
     <row r="746" spans="1:117">
       <c r="N746" t="s">
         <v>8</v>
       </c>
       <c r="W746" t="s">
         <v>8</v>
       </c>
+      <c r="DA746" t="s">
+        <v>1150</v>
+      </c>
     </row>
     <row r="747" spans="1:117">
       <c r="N747" t="s">
         <v>8</v>
       </c>
       <c r="W747" t="s">
         <v>8</v>
       </c>
+      <c r="DA747" t="s">
+        <v>1151</v>
+      </c>
     </row>
     <row r="748" spans="1:117">
       <c r="N748" t="s">
         <v>8</v>
       </c>
       <c r="W748" t="s">
         <v>8</v>
+      </c>
+      <c r="DA748" t="s">
+        <v>1152</v>
       </c>
     </row>
     <row r="749" spans="1:117">
       <c r="N749" t="s">
         <v>8</v>
       </c>
       <c r="W749" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="750" spans="1:117">
       <c r="N750" t="s">
         <v>8</v>
       </c>
       <c r="W750" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="751" spans="1:117">
       <c r="N751" t="s">
         <v>8</v>
       </c>
       <c r="W751" t="s">
         <v>8</v>
       </c>
@@ -15536,51 +15566,51 @@
         <v>8</v>
       </c>
     </row>
     <row r="1000" spans="1:117">
       <c r="N1000" t="s">
         <v>8</v>
       </c>
       <c r="W1000" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="13">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
       <formula1>'Worksheet'!$DL$1:$DL$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
       <formula1>'Worksheet'!$DM$1:$DM$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
-      <formula1>'Worksheet'!$DA$1:$DA$743</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$748</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DE$1:$DE$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DF$1:$DF$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DG$1:$DG$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DH$1:$DH$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>