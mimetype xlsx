--- v1 (2025-12-06)
+++ v2 (2026-01-26)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1149">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>: ENTENTE SPORTIVE MADINET BATNA</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>1-Kootenays</t>
   </si>
   <si>
     <t>Not an instructor</t>
   </si>
   <si>
@@ -2120,50 +2120,53 @@
   <si>
     <t>Karaté du Plateau</t>
   </si>
   <si>
     <t>Karate Hearst</t>
   </si>
   <si>
     <t>Karate India organization</t>
   </si>
   <si>
     <t>Karate Newfoundland &amp; Labrador</t>
   </si>
   <si>
     <t>Karate Northwest</t>
   </si>
   <si>
     <t>Karate Nova Scotia (KNS)</t>
   </si>
   <si>
     <t>Karate PEI (KPEI)</t>
   </si>
   <si>
     <t>Karate Rocks Family Martial Arts</t>
   </si>
   <si>
+    <t>Karate training school</t>
+  </si>
+  <si>
     <t>Karate Warriors Canada</t>
   </si>
   <si>
     <t>Karate West</t>
   </si>
   <si>
     <t>KARATE-DO GOJUKAI INDIA</t>
   </si>
   <si>
     <t>KarateBC</t>
   </si>
   <si>
     <t>KarateDo Shotokan YNKD</t>
   </si>
   <si>
     <t>Karnal Karate association</t>
   </si>
   <si>
     <t>Kawakan Karate</t>
   </si>
   <si>
     <t>Kawakan Karate - YMCA of Brockville and Area</t>
   </si>
   <si>
     <t>Kazoku Karaté (KAZOK)</t>
@@ -2534,53 +2537,50 @@
   <si>
     <t>North Toronto Karate School Orangeville</t>
   </si>
   <si>
     <t>North Vancouver Shidokan</t>
   </si>
   <si>
     <t>North West Shito-Kai</t>
   </si>
   <si>
     <t>Northeast Karate</t>
   </si>
   <si>
     <t>Northern Mountain</t>
   </si>
   <si>
     <t>Northern Rockies Karate-Do Chetwynd</t>
   </si>
   <si>
     <t>Northern Rockies Karate-Do Ft. St. John</t>
   </si>
   <si>
     <t>Northern Rockies Karate-Do Hudson's Hope</t>
   </si>
   <si>
-    <t>Northern Rockies Karate-Do Prince George</t>
-[...1 lines deleted...]
-  <si>
     <t>Northern Rockies Karate-Do Tumbler Ridge</t>
   </si>
   <si>
     <t>Northern Seishin Karate Academy</t>
   </si>
   <si>
     <t>Northwest Goja Ryu (Seiwa Kai Goshukan)</t>
   </si>
   <si>
     <t>Northwest Karate (Goshukan Seiwa Kai)</t>
   </si>
   <si>
     <t>NOTHERN-WADO-RYU KARATE FEDERATION</t>
   </si>
   <si>
     <t>Oakville Karate Club</t>
   </si>
   <si>
     <t>OFF - Oguido Fight Fitness</t>
   </si>
   <si>
     <t>Okinawa koju ryu thanjavur</t>
   </si>
   <si>
     <t>Okinawa Ryuei-ryu</t>
@@ -2651,50 +2651,53 @@
   <si>
     <t>Personal Best Martial Arts</t>
   </si>
   <si>
     <t>Peterborough Shitokai</t>
   </si>
   <si>
     <t>Pickering Chito Kai</t>
   </si>
   <si>
     <t>Plumacher Karate Academy (PKA)</t>
   </si>
   <si>
     <t>PMSK</t>
   </si>
   <si>
     <t>PoCo Karate Ltd.</t>
   </si>
   <si>
     <t>PoCo Torakai Karate Club</t>
   </si>
   <si>
     <t>Port Moody Shotokan Karate</t>
   </si>
   <si>
+    <t>Pr George Chito-Ryu Northern Rockies Karate-Do</t>
+  </si>
+  <si>
     <t>Prairie Karate Association</t>
   </si>
   <si>
     <t>Praxis Training Centre</t>
   </si>
   <si>
     <t>Pride Martial Arts</t>
   </si>
   <si>
     <t>Prince Rupert Karate Club</t>
   </si>
   <si>
     <t>Prodigy Martial Arts</t>
   </si>
   <si>
     <t>Prosserman JCC Karate Club</t>
   </si>
   <si>
     <t>PUNJAB KARATE CLUB</t>
   </si>
   <si>
     <t>PUNJAB KARATE FEDERATION OF INDIA</t>
   </si>
   <si>
     <t>Quadra Village Karate for Women</t>
@@ -3090,50 +3093,53 @@
     <t>Team Trackie DOJO</t>
   </si>
   <si>
     <t>Tesshinkan</t>
   </si>
   <si>
     <t>The Arabian Karate Club</t>
   </si>
   <si>
     <t>The Dojo</t>
   </si>
   <si>
     <t>The Dojo Family</t>
   </si>
   <si>
     <t>The Harmony Martial Arts Center</t>
   </si>
   <si>
     <t>The Karate School / Leslieville Dojo</t>
   </si>
   <si>
     <t>The Powerhouse martial arts &amp; fitness</t>
   </si>
   <si>
     <t>The Shelburne Dojo</t>
+  </si>
+  <si>
+    <t>Thiri Dragons Martial Arts</t>
   </si>
   <si>
     <t>Thompson Karate Club</t>
   </si>
   <si>
     <t>Thompson-Nicola Shotokan Karate Club</t>
   </si>
   <si>
     <t>Tiger Karate Do</t>
   </si>
   <si>
     <t>Tiger's Eye Karate-Do (North Shore)</t>
   </si>
   <si>
     <t>Tiger's Eye Karate-Do (Yaletown)</t>
   </si>
   <si>
     <t>Tiger's Lair Karate Do</t>
   </si>
   <si>
     <t>TKC Ottawa</t>
   </si>
   <si>
     <t>TNT School of Martial Arts</t>
   </si>
@@ -14200,58 +14206,64 @@
       </c>
       <c r="DB740" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="741" spans="1:118">
       <c r="F741" s="2"/>
       <c r="N741" t="s">
         <v>5</v>
       </c>
       <c r="W741" t="s">
         <v>5</v>
       </c>
       <c r="DB741" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="742" spans="1:118">
       <c r="F742" s="2"/>
       <c r="N742" t="s">
         <v>5</v>
       </c>
       <c r="W742" t="s">
         <v>5</v>
       </c>
+      <c r="DB742" t="s">
+        <v>1147</v>
+      </c>
     </row>
     <row r="743" spans="1:118">
       <c r="F743" s="2"/>
       <c r="N743" t="s">
         <v>5</v>
       </c>
       <c r="W743" t="s">
         <v>5</v>
+      </c>
+      <c r="DB743" t="s">
+        <v>1148</v>
       </c>
     </row>
     <row r="744" spans="1:118">
       <c r="F744" s="2"/>
       <c r="N744" t="s">
         <v>5</v>
       </c>
       <c r="W744" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="745" spans="1:118">
       <c r="F745" s="2"/>
       <c r="N745" t="s">
         <v>5</v>
       </c>
       <c r="W745" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="746" spans="1:118">
       <c r="F746" s="2"/>
       <c r="N746" t="s">
         <v>5</v>
       </c>
@@ -16540,51 +16552,51 @@
       <c r="F1000" s="2"/>
       <c r="N1000" t="s">
         <v>5</v>
       </c>
       <c r="W1000" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="14">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
       <formula1>'Worksheet'!$DM$1:$DM$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
       <formula1>'Worksheet'!$DN$1:$DN$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
-      <formula1>'Worksheet'!$DB$1:$DB$741</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$743</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DC$1:$DC$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DF$1:$DF$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DG$1:$DG$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DI$1:$DI$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DJ$1:$DJ$2</formula1>
     </dataValidation>