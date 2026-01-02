--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -11,78 +11,78 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
-    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
-[...2 lines deleted...]
-    <t>Karate Canada Passport</t>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
+  </si>
+  <si>
+    <t>Général</t>
   </si>
   <si>
     <t>1009742:typeValue:102</t>
   </si>
   <si>
     <t>1009742:typeValue:103</t>
   </si>
   <si>
     <t>1009742:reg_event:1</t>
   </si>
   <si>
     <t>1009742:reg_event:2</t>
   </si>
   <si>
     <t>WKF Passport</t>
   </si>
   <si>
-    <t>Event Registration - Referee Passport</t>
-[...5 lines deleted...]
-    <t>Last Name</t>
+    <t>Inscription à l'événement - Passeports pour arbitres</t>
+  </si>
+  <si>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
   </si>
   <si>
     <t>Division #1</t>
   </si>
   <si>
     <t>Division #2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -436,51 +436,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DA5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:105" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:105" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>